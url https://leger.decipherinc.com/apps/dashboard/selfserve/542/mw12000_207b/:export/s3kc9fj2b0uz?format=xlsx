--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -9,51 +9,51 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/sheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
   <Relationship
       Id="rId1"
       Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"
       Target="xl/workbook.xml"/>
 </Relationships>
 
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Chantiers de la Ville de Montr" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="148">
   <si>
     <t>Banner:</t>
   </si>
   <si>
     <t>No Split</t>
   </si>
   <si>
     <t>Filters:</t>
   </si>
   <si>
     <t>none</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Janvier</t>
   </si>
   <si>
     <t>Février</t>
   </si>
   <si>
     <t>Mars</t>
   </si>
   <si>
@@ -447,50 +447,56 @@
     <t>Rue Joseph-Dubreuil de 32e, avenue à Cul-de-sac</t>
   </si>
   <si>
     <t>Rue Sherbrooke de 47e Avenue à  48e Avenue</t>
   </si>
   <si>
     <t>Avenue Dollard de Rue Gloria à Boulevard Newman (3 phases)</t>
   </si>
   <si>
     <t>Avenue Isabella,  de Rue Lavoie à Rue Jean-Brillant</t>
   </si>
   <si>
     <t>Boul. Albert-Brosseau de Avenue Patricia à Avenue Éthier</t>
   </si>
   <si>
     <t>Boul.de la Côte-Vertu de Montée de Liesse à Route Transcanadienne, (2 phases)</t>
   </si>
   <si>
     <t>Avenue Atwater de Rue Duvernay à Rue Charles-Biddle,</t>
   </si>
   <si>
     <t>Place Saint-Henri de Rue Notre-Dame O. à Rue Saint-Jacques</t>
   </si>
   <si>
     <t>Rue Ste Marguerite de Rue Saint-Jacques à Rue Notre-Dame O.</t>
+  </si>
+  <si>
+    <t>Vendôme avenue, de Maisonneuve à Sherbrooke Ouest, rue Donat</t>
+  </si>
+  <si>
+    <t>West Broadway rue, de Sherbrooke Ouest à Somerled</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts>
     <numFmt formatCode="GENERAL" numFmtId="1"/>
     <numFmt formatCode="0.00%" numFmtId="2"/>
     <numFmt formatCode="\$#,##0.00" numFmtId="3"/>
     <numFmt formatCode="H:MM:SS\ AM/PM" numFmtId="4"/>
     <numFmt formatCode="0.00E+00" numFmtId="5"/>
     <numFmt formatCode="0%" numFmtId="6"/>
     <numFmt formatCode="DDDD&quot;, &quot;MMMM\ DD&quot;, &quot;YYYY" numFmtId="7"/>
     <numFmt formatCode="0.0%" numFmtId="8"/>
     <numFmt formatCode="#,##0" numFmtId="9"/>
     <numFmt formatCode="0.000%" numFmtId="10"/>
     <numFmt formatCode="0.0000%" numFmtId="11"/>
     <numFmt formatCode="0" numFmtId="12"/>
     <numFmt formatCode="0.0" numFmtId="13"/>
     <numFmt formatCode="0.00" numFmtId="14"/>
     <numFmt formatCode="0.000" numFmtId="15"/>
     <numFmt formatCode="0.0000" numFmtId="16"/>
   </numFmts>
   <fonts>
@@ -802,63 +808,63 @@
       <c r="K7" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L7" t="n" s="7">
         <v>0</v>
       </c>
       <c r="M7" t="n" s="2">
         <v>0</v>
       </c>
       <c r="N7" t="n" s="7">
         <v>14</v>
       </c>
       <c r="O7" t="n" s="2">
         <v>0.03553299</v>
       </c>
       <c r="P7" t="n" s="7">
         <v>16</v>
       </c>
       <c r="Q7" t="n" s="2">
         <v>0.0441989</v>
       </c>
       <c r="R7" t="n" s="7">
         <v>2</v>
       </c>
       <c r="S7" t="n" s="2">
-        <v>0.00634921</v>
+        <v>0.00632911</v>
       </c>
       <c r="T7" t="n" s="7">
         <v>13</v>
       </c>
       <c r="U7" t="n" s="2">
-        <v>0.0915493</v>
+        <v>0.06220096</v>
       </c>
       <c r="V7" t="n" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="W7" t="n" s="2">
-        <v>0</v>
+        <v>0.1875</v>
       </c>
       <c r="X7" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y7" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="8" customHeight="1">
       <c t="s" r="A8">
         <v>20</v>
       </c>
       <c r="B8" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C8" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D8" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E8" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F8" t="n" s="7">
@@ -879,57 +885,57 @@
       <c r="K8" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L8" t="n" s="7">
         <v>7</v>
       </c>
       <c r="M8" t="n" s="2">
         <v>0.025</v>
       </c>
       <c r="N8" t="n" s="7">
         <v>26</v>
       </c>
       <c r="O8" t="n" s="2">
         <v>0.06598985</v>
       </c>
       <c r="P8" t="n" s="7">
         <v>5</v>
       </c>
       <c r="Q8" t="n" s="2">
         <v>0.01381215</v>
       </c>
       <c r="R8" t="n" s="7">
         <v>4</v>
       </c>
       <c r="S8" t="n" s="2">
-        <v>0.01269841</v>
+        <v>0.01265823</v>
       </c>
       <c r="T8" t="n" s="7">
         <v>9</v>
       </c>
       <c r="U8" t="n" s="2">
-        <v>0.06338028</v>
+        <v>0.0430622</v>
       </c>
       <c r="V8" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W8" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X8" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y8" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="9" customHeight="1">
       <c t="s" r="A9">
         <v>21</v>
       </c>
       <c r="B9" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C9" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D9" t="n" s="7">
@@ -956,63 +962,63 @@
       <c r="K9" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L9" t="n" s="7">
         <v>3</v>
       </c>
       <c r="M9" t="n" s="2">
         <v>0.01071429</v>
       </c>
       <c r="N9" t="n" s="7">
         <v>31</v>
       </c>
       <c r="O9" t="n" s="2">
         <v>0.0786802</v>
       </c>
       <c r="P9" t="n" s="7">
         <v>4</v>
       </c>
       <c r="Q9" t="n" s="2">
         <v>0.01104972</v>
       </c>
       <c r="R9" t="n" s="7">
         <v>35</v>
       </c>
       <c r="S9" t="n" s="2">
-        <v>0.11111111</v>
+        <v>0.11075949</v>
       </c>
       <c r="T9" t="n" s="7">
         <v>11</v>
       </c>
       <c r="U9" t="n" s="2">
-        <v>0.07746479</v>
+        <v>0.05263158</v>
       </c>
       <c r="V9" t="n" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W9" t="n" s="2">
-        <v>0</v>
+        <v>0.015625</v>
       </c>
       <c r="X9" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y9" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="10" customHeight="1">
       <c t="s" r="A10">
         <v>22</v>
       </c>
       <c r="B10" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C10" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D10" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E10" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F10" t="n" s="7">
@@ -1033,63 +1039,63 @@
       <c r="K10" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L10" t="n" s="7">
         <v>2</v>
       </c>
       <c r="M10" t="n" s="2">
         <v>0.00714286</v>
       </c>
       <c r="N10" t="n" s="7">
         <v>17</v>
       </c>
       <c r="O10" t="n" s="2">
         <v>0.04314721</v>
       </c>
       <c r="P10" t="n" s="7">
         <v>6</v>
       </c>
       <c r="Q10" t="n" s="2">
         <v>0.01657459</v>
       </c>
       <c r="R10" t="n" s="7">
         <v>7</v>
       </c>
       <c r="S10" t="n" s="2">
-        <v>0.02222222</v>
+        <v>0.0221519</v>
       </c>
       <c r="T10" t="n" s="7">
         <v>7</v>
       </c>
       <c r="U10" t="n" s="2">
-        <v>0.04929577</v>
+        <v>0.03349282</v>
       </c>
       <c r="V10" t="n" s="7">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="W10" t="n" s="2">
-        <v>0</v>
+        <v>0.109375</v>
       </c>
       <c r="X10" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y10" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="11" customHeight="1">
       <c t="s" r="A11">
         <v>23</v>
       </c>
       <c r="B11" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C11" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D11" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E11" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F11" t="n" s="7">
@@ -1110,63 +1116,63 @@
       <c r="K11" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L11" t="n" s="7">
         <v>7</v>
       </c>
       <c r="M11" t="n" s="2">
         <v>0.025</v>
       </c>
       <c r="N11" t="n" s="7">
         <v>6</v>
       </c>
       <c r="O11" t="n" s="2">
         <v>0.01522843</v>
       </c>
       <c r="P11" t="n" s="7">
         <v>13</v>
       </c>
       <c r="Q11" t="n" s="2">
         <v>0.0359116</v>
       </c>
       <c r="R11" t="n" s="7">
         <v>23</v>
       </c>
       <c r="S11" t="n" s="2">
-        <v>0.07301587</v>
+        <v>0.07278481</v>
       </c>
       <c r="T11" t="n" s="7">
         <v>4</v>
       </c>
       <c r="U11" t="n" s="2">
-        <v>0.02816901</v>
+        <v>0.01913876</v>
       </c>
       <c r="V11" t="n" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W11" t="n" s="2">
-        <v>0</v>
+        <v>0.015625</v>
       </c>
       <c r="X11" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y11" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="12" customHeight="1">
       <c t="s" r="A12">
         <v>24</v>
       </c>
       <c r="B12" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C12" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D12" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E12" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F12" t="n" s="7">
@@ -1187,63 +1193,63 @@
       <c r="K12" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L12" t="n" s="7">
         <v>2</v>
       </c>
       <c r="M12" t="n" s="2">
         <v>0.00714286</v>
       </c>
       <c r="N12" t="n" s="7">
         <v>4</v>
       </c>
       <c r="O12" t="n" s="2">
         <v>0.01015228</v>
       </c>
       <c r="P12" t="n" s="7">
         <v>12</v>
       </c>
       <c r="Q12" t="n" s="2">
         <v>0.03314917</v>
       </c>
       <c r="R12" t="n" s="7">
         <v>5</v>
       </c>
       <c r="S12" t="n" s="2">
-        <v>0.01587302</v>
+        <v>0.01582278</v>
       </c>
       <c r="T12" t="n" s="7">
         <v>5</v>
       </c>
       <c r="U12" t="n" s="2">
-        <v>0.03521127</v>
+        <v>0.02392344</v>
       </c>
       <c r="V12" t="n" s="7">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="W12" t="n" s="2">
-        <v>0</v>
+        <v>0.03125</v>
       </c>
       <c r="X12" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y12" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="13" customHeight="1">
       <c t="s" r="A13">
         <v>25</v>
       </c>
       <c r="B13" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C13" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D13" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E13" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F13" t="n" s="7">
@@ -1264,63 +1270,63 @@
       <c r="K13" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L13" t="n" s="7">
         <v>0</v>
       </c>
       <c r="M13" t="n" s="2">
         <v>0</v>
       </c>
       <c r="N13" t="n" s="7">
         <v>17</v>
       </c>
       <c r="O13" t="n" s="2">
         <v>0.04314721</v>
       </c>
       <c r="P13" t="n" s="7">
         <v>12</v>
       </c>
       <c r="Q13" t="n" s="2">
         <v>0.03314917</v>
       </c>
       <c r="R13" t="n" s="7">
         <v>3</v>
       </c>
       <c r="S13" t="n" s="2">
-        <v>0.00952381</v>
+        <v>0.00949367</v>
       </c>
       <c r="T13" t="n" s="7">
         <v>6</v>
       </c>
       <c r="U13" t="n" s="2">
-        <v>0.04225352</v>
+        <v>0.02870813</v>
       </c>
       <c r="V13" t="n" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="W13" t="n" s="2">
-        <v>0</v>
+        <v>0.09375</v>
       </c>
       <c r="X13" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y13" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="14" customHeight="1">
       <c t="s" r="A14">
         <v>26</v>
       </c>
       <c r="B14" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C14" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D14" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E14" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F14" t="n" s="7">
@@ -1341,63 +1347,63 @@
       <c r="K14" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L14" t="n" s="7">
         <v>0</v>
       </c>
       <c r="M14" t="n" s="2">
         <v>0</v>
       </c>
       <c r="N14" t="n" s="7">
         <v>17</v>
       </c>
       <c r="O14" t="n" s="2">
         <v>0.04314721</v>
       </c>
       <c r="P14" t="n" s="7">
         <v>13</v>
       </c>
       <c r="Q14" t="n" s="2">
         <v>0.0359116</v>
       </c>
       <c r="R14" t="n" s="7">
         <v>24</v>
       </c>
       <c r="S14" t="n" s="2">
-        <v>0.07619048</v>
+        <v>0.07594937</v>
       </c>
       <c r="T14" t="n" s="7">
         <v>7</v>
       </c>
       <c r="U14" t="n" s="2">
-        <v>0.04929577</v>
+        <v>0.03349282</v>
       </c>
       <c r="V14" t="n" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="W14" t="n" s="2">
-        <v>0</v>
+        <v>0.1875</v>
       </c>
       <c r="X14" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y14" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="15" customHeight="1">
       <c t="s" r="A15">
         <v>27</v>
       </c>
       <c r="B15" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C15" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D15" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E15" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F15" t="n" s="7">
@@ -1418,63 +1424,63 @@
       <c r="K15" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L15" t="n" s="7">
         <v>3</v>
       </c>
       <c r="M15" t="n" s="2">
         <v>0.01071429</v>
       </c>
       <c r="N15" t="n" s="7">
         <v>24</v>
       </c>
       <c r="O15" t="n" s="2">
         <v>0.06091371</v>
       </c>
       <c r="P15" t="n" s="7">
         <v>5</v>
       </c>
       <c r="Q15" t="n" s="2">
         <v>0.01381215</v>
       </c>
       <c r="R15" t="n" s="7">
         <v>24</v>
       </c>
       <c r="S15" t="n" s="2">
-        <v>0.07619048</v>
+        <v>0.07594937</v>
       </c>
       <c r="T15" t="n" s="7">
         <v>21</v>
       </c>
       <c r="U15" t="n" s="2">
-        <v>0.14788732</v>
+        <v>0.10047847</v>
       </c>
       <c r="V15" t="n" s="7">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="W15" t="n" s="2">
-        <v>0</v>
+        <v>0.0625</v>
       </c>
       <c r="X15" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y15" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="16" customHeight="1">
       <c t="s" r="A16">
         <v>28</v>
       </c>
       <c r="B16" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C16" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D16" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E16" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F16" t="n" s="7">
@@ -1495,63 +1501,63 @@
       <c r="K16" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L16" t="n" s="7">
         <v>7</v>
       </c>
       <c r="M16" t="n" s="2">
         <v>0.025</v>
       </c>
       <c r="N16" t="n" s="7">
         <v>28</v>
       </c>
       <c r="O16" t="n" s="2">
         <v>0.07106599</v>
       </c>
       <c r="P16" t="n" s="7">
         <v>8</v>
       </c>
       <c r="Q16" t="n" s="2">
         <v>0.02209945</v>
       </c>
       <c r="R16" t="n" s="7">
         <v>18</v>
       </c>
       <c r="S16" t="n" s="2">
-        <v>0.05714286</v>
+        <v>0.05696203</v>
       </c>
       <c r="T16" t="n" s="7">
         <v>2</v>
       </c>
       <c r="U16" t="n" s="2">
-        <v>0.01408451</v>
+        <v>0.00956938</v>
       </c>
       <c r="V16" t="n" s="7">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="W16" t="n" s="2">
-        <v>0</v>
+        <v>0.0625</v>
       </c>
       <c r="X16" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y16" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="17" customHeight="1">
       <c t="s" r="A17">
         <v>29</v>
       </c>
       <c r="B17" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C17" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D17" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E17" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F17" t="n" s="7">
@@ -1572,63 +1578,63 @@
       <c r="K17" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L17" t="n" s="7">
         <v>3</v>
       </c>
       <c r="M17" t="n" s="2">
         <v>0.01071429</v>
       </c>
       <c r="N17" t="n" s="7">
         <v>16</v>
       </c>
       <c r="O17" t="n" s="2">
         <v>0.04060914</v>
       </c>
       <c r="P17" t="n" s="7">
         <v>4</v>
       </c>
       <c r="Q17" t="n" s="2">
         <v>0.01104972</v>
       </c>
       <c r="R17" t="n" s="7">
         <v>7</v>
       </c>
       <c r="S17" t="n" s="2">
-        <v>0.02222222</v>
+        <v>0.0221519</v>
       </c>
       <c r="T17" t="n" s="7">
         <v>2</v>
       </c>
       <c r="U17" t="n" s="2">
-        <v>0.01408451</v>
+        <v>0.00956938</v>
       </c>
       <c r="V17" t="n" s="7">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="W17" t="n" s="2">
-        <v>0</v>
+        <v>0.03125</v>
       </c>
       <c r="X17" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y17" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="18" customHeight="1">
       <c t="s" r="A18">
         <v>30</v>
       </c>
       <c r="B18" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C18" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D18" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E18" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F18" t="n" s="7">
@@ -1646,66 +1652,66 @@
       <c r="J18" t="n" s="7">
         <v>0</v>
       </c>
       <c r="K18" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L18" t="n" s="7">
         <v>23</v>
       </c>
       <c r="M18" t="n" s="2">
         <v>0.08214286</v>
       </c>
       <c r="N18" t="n" s="7">
         <v>20</v>
       </c>
       <c r="O18" t="n" s="2">
         <v>0.05076142</v>
       </c>
       <c r="P18" t="n" s="7">
         <v>11</v>
       </c>
       <c r="Q18" t="n" s="2">
         <v>0.03038674</v>
       </c>
       <c r="R18" t="n" s="7">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="S18" t="n" s="2">
-        <v>0.05396825</v>
+        <v>0.05696203</v>
       </c>
       <c r="T18" t="n" s="7">
         <v>2</v>
       </c>
       <c r="U18" t="n" s="2">
-        <v>0.01408451</v>
+        <v>0.00956938</v>
       </c>
       <c r="V18" t="n" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W18" t="n" s="2">
-        <v>0</v>
+        <v>0.015625</v>
       </c>
       <c r="X18" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y18" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="19" customHeight="1">
       <c t="s" r="A19">
         <v>31</v>
       </c>
       <c r="B19" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C19" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D19" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E19" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F19" t="n" s="7">
@@ -1726,63 +1732,63 @@
       <c r="K19" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L19" t="n" s="7">
         <v>19</v>
       </c>
       <c r="M19" t="n" s="2">
         <v>0.06785714</v>
       </c>
       <c r="N19" t="n" s="7">
         <v>2</v>
       </c>
       <c r="O19" t="n" s="2">
         <v>0.00507614</v>
       </c>
       <c r="P19" t="n" s="7">
         <v>15</v>
       </c>
       <c r="Q19" t="n" s="2">
         <v>0.04143646</v>
       </c>
       <c r="R19" t="n" s="7">
         <v>6</v>
       </c>
       <c r="S19" t="n" s="2">
-        <v>0.01904762</v>
+        <v>0.01898734</v>
       </c>
       <c r="T19" t="n" s="7">
         <v>3</v>
       </c>
       <c r="U19" t="n" s="2">
-        <v>0.02112676</v>
+        <v>0.01435407</v>
       </c>
       <c r="V19" t="n" s="7">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="W19" t="n" s="2">
-        <v>0</v>
+        <v>0.046875</v>
       </c>
       <c r="X19" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y19" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="20" customHeight="1">
       <c t="s" r="A20">
         <v>32</v>
       </c>
       <c r="B20" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C20" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D20" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E20" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F20" t="n" s="7">
@@ -1803,57 +1809,57 @@
       <c r="K20" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L20" t="n" s="7">
         <v>17</v>
       </c>
       <c r="M20" t="n" s="2">
         <v>0.06071429</v>
       </c>
       <c r="N20" t="n" s="7">
         <v>5</v>
       </c>
       <c r="O20" t="n" s="2">
         <v>0.01269036</v>
       </c>
       <c r="P20" t="n" s="7">
         <v>12</v>
       </c>
       <c r="Q20" t="n" s="2">
         <v>0.03314917</v>
       </c>
       <c r="R20" t="n" s="7">
         <v>5</v>
       </c>
       <c r="S20" t="n" s="2">
-        <v>0.01587302</v>
+        <v>0.01582278</v>
       </c>
       <c r="T20" t="n" s="7">
         <v>7</v>
       </c>
       <c r="U20" t="n" s="2">
-        <v>0.04929577</v>
+        <v>0.03349282</v>
       </c>
       <c r="V20" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W20" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X20" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y20" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="21" customHeight="1">
       <c t="s" r="A21">
         <v>33</v>
       </c>
       <c r="B21" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C21" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D21" t="n" s="7">
@@ -1880,57 +1886,57 @@
       <c r="K21" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L21" t="n" s="7">
         <v>2</v>
       </c>
       <c r="M21" t="n" s="2">
         <v>0.00714286</v>
       </c>
       <c r="N21" t="n" s="7">
         <v>11</v>
       </c>
       <c r="O21" t="n" s="2">
         <v>0.02791878</v>
       </c>
       <c r="P21" t="n" s="7">
         <v>43</v>
       </c>
       <c r="Q21" t="n" s="2">
         <v>0.11878453</v>
       </c>
       <c r="R21" t="n" s="7">
         <v>6</v>
       </c>
       <c r="S21" t="n" s="2">
-        <v>0.01904762</v>
+        <v>0.01898734</v>
       </c>
       <c r="T21" t="n" s="7">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="U21" t="n" s="2">
-        <v>0.07746479</v>
+        <v>0.05741627</v>
       </c>
       <c r="V21" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W21" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X21" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y21" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="22" customHeight="1">
       <c t="s" r="A22">
         <v>34</v>
       </c>
       <c r="B22" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C22" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D22" t="n" s="7">
@@ -1957,63 +1963,63 @@
       <c r="K22" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L22" t="n" s="7">
         <v>15</v>
       </c>
       <c r="M22" t="n" s="2">
         <v>0.05357143</v>
       </c>
       <c r="N22" t="n" s="7">
         <v>7</v>
       </c>
       <c r="O22" t="n" s="2">
         <v>0.0177665</v>
       </c>
       <c r="P22" t="n" s="7">
         <v>7</v>
       </c>
       <c r="Q22" t="n" s="2">
         <v>0.01933702</v>
       </c>
       <c r="R22" t="n" s="7">
         <v>20</v>
       </c>
       <c r="S22" t="n" s="2">
-        <v>0.06349206</v>
+        <v>0.06329114</v>
       </c>
       <c r="T22" t="n" s="7">
         <v>2</v>
       </c>
       <c r="U22" t="n" s="2">
-        <v>0.01408451</v>
+        <v>0.00956938</v>
       </c>
       <c r="V22" t="n" s="7">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="W22" t="n" s="2">
-        <v>0</v>
+        <v>0.046875</v>
       </c>
       <c r="X22" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y22" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="23" customHeight="1">
       <c t="s" r="A23">
         <v>35</v>
       </c>
       <c r="B23" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C23" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D23" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E23" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F23" t="n" s="7">
@@ -2034,63 +2040,63 @@
       <c r="K23" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L23" t="n" s="7">
         <v>6</v>
       </c>
       <c r="M23" t="n" s="2">
         <v>0.02142857</v>
       </c>
       <c r="N23" t="n" s="7">
         <v>6</v>
       </c>
       <c r="O23" t="n" s="2">
         <v>0.01522843</v>
       </c>
       <c r="P23" t="n" s="7">
         <v>15</v>
       </c>
       <c r="Q23" t="n" s="2">
         <v>0.04143646</v>
       </c>
       <c r="R23" t="n" s="7">
         <v>12</v>
       </c>
       <c r="S23" t="n" s="2">
-        <v>0.03809524</v>
+        <v>0.03797468</v>
       </c>
       <c r="T23" t="n" s="7">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="U23" t="n" s="2">
-        <v>0.11267606</v>
+        <v>0.0861244</v>
       </c>
       <c r="V23" t="n" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="W23" t="n" s="2">
-        <v>0</v>
+        <v>0.09375</v>
       </c>
       <c r="X23" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y23" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="24" customHeight="1">
       <c t="s" r="A24">
         <v>36</v>
       </c>
       <c r="B24" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C24" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D24" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E24" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F24" t="n" s="7">
@@ -2111,57 +2117,57 @@
       <c r="K24" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L24" t="n" s="7">
         <v>7</v>
       </c>
       <c r="M24" t="n" s="2">
         <v>0.025</v>
       </c>
       <c r="N24" t="n" s="7">
         <v>19</v>
       </c>
       <c r="O24" t="n" s="2">
         <v>0.04822335</v>
       </c>
       <c r="P24" t="n" s="7">
         <v>17</v>
       </c>
       <c r="Q24" t="n" s="2">
         <v>0.04696133</v>
       </c>
       <c r="R24" t="n" s="7">
         <v>21</v>
       </c>
       <c r="S24" t="n" s="2">
-        <v>0.06666667</v>
+        <v>0.0664557</v>
       </c>
       <c r="T24" t="n" s="7">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="U24" t="n" s="2">
-        <v>0.07746479</v>
+        <v>0.06220096</v>
       </c>
       <c r="V24" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W24" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X24" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y24" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="25" customHeight="1">
       <c t="s" r="A25">
         <v>37</v>
       </c>
       <c r="B25" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C25" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D25" t="n" s="7">
@@ -2188,57 +2194,57 @@
       <c r="K25" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L25" t="n" s="7">
         <v>31</v>
       </c>
       <c r="M25" t="n" s="2">
         <v>0.11071429</v>
       </c>
       <c r="N25" t="n" s="7">
         <v>6</v>
       </c>
       <c r="O25" t="n" s="2">
         <v>0.01522843</v>
       </c>
       <c r="P25" t="n" s="7">
         <v>17</v>
       </c>
       <c r="Q25" t="n" s="2">
         <v>0.04696133</v>
       </c>
       <c r="R25" t="n" s="7">
         <v>7</v>
       </c>
       <c r="S25" t="n" s="2">
-        <v>0.02222222</v>
+        <v>0.0221519</v>
       </c>
       <c r="T25" t="n" s="7">
         <v>1</v>
       </c>
       <c r="U25" t="n" s="2">
-        <v>0.00704225</v>
+        <v>0.00478469</v>
       </c>
       <c r="V25" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W25" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X25" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y25" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="26" customHeight="1">
       <c t="s" r="A26">
         <v>38</v>
       </c>
       <c r="B26" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C26" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D26" t="n" s="7">
@@ -2265,57 +2271,57 @@
       <c r="K26" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L26" t="n" s="7">
         <v>32</v>
       </c>
       <c r="M26" t="n" s="2">
         <v>0.11428571</v>
       </c>
       <c r="N26" t="n" s="7">
         <v>7</v>
       </c>
       <c r="O26" t="n" s="2">
         <v>0.0177665</v>
       </c>
       <c r="P26" t="n" s="7">
         <v>23</v>
       </c>
       <c r="Q26" t="n" s="2">
         <v>0.06353591</v>
       </c>
       <c r="R26" t="n" s="7">
         <v>1</v>
       </c>
       <c r="S26" t="n" s="2">
-        <v>0.0031746</v>
+        <v>0.00316456</v>
       </c>
       <c r="T26" t="n" s="7">
         <v>1</v>
       </c>
       <c r="U26" t="n" s="2">
-        <v>0.00704225</v>
+        <v>0.00478469</v>
       </c>
       <c r="V26" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W26" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X26" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y26" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="27" customHeight="1">
       <c t="s" r="A27">
         <v>39</v>
       </c>
       <c r="B27" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C27" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D27" t="n" s="7">
@@ -2345,54 +2351,54 @@
       <c r="L27" t="n" s="7">
         <v>6</v>
       </c>
       <c r="M27" t="n" s="2">
         <v>0.02142857</v>
       </c>
       <c r="N27" t="n" s="7">
         <v>18</v>
       </c>
       <c r="O27" t="n" s="2">
         <v>0.04568528</v>
       </c>
       <c r="P27" t="n" s="7">
         <v>8</v>
       </c>
       <c r="Q27" t="n" s="2">
         <v>0.02209945</v>
       </c>
       <c r="R27" t="n" s="7">
         <v>0</v>
       </c>
       <c r="S27" t="n" s="2">
         <v>0</v>
       </c>
       <c r="T27" t="n" s="7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="U27" t="n" s="2">
-        <v>0.00704225</v>
+        <v>0.00956938</v>
       </c>
       <c r="V27" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W27" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X27" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y27" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="28" customHeight="1">
       <c t="s" r="A28">
         <v>40</v>
       </c>
       <c r="B28" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C28" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D28" t="n" s="7">
@@ -2419,57 +2425,57 @@
       <c r="K28" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L28" t="n" s="7">
         <v>1</v>
       </c>
       <c r="M28" t="n" s="2">
         <v>0.00357143</v>
       </c>
       <c r="N28" t="n" s="7">
         <v>17</v>
       </c>
       <c r="O28" t="n" s="2">
         <v>0.04314721</v>
       </c>
       <c r="P28" t="n" s="7">
         <v>6</v>
       </c>
       <c r="Q28" t="n" s="2">
         <v>0.01657459</v>
       </c>
       <c r="R28" t="n" s="7">
         <v>7</v>
       </c>
       <c r="S28" t="n" s="2">
-        <v>0.02222222</v>
+        <v>0.0221519</v>
       </c>
       <c r="T28" t="n" s="7">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="U28" t="n" s="2">
-        <v>0</v>
+        <v>0.07177033</v>
       </c>
       <c r="V28" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W28" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X28" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y28" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="29" customHeight="1">
       <c t="s" r="A29">
         <v>41</v>
       </c>
       <c r="B29" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C29" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D29" t="n" s="7">
@@ -2496,57 +2502,57 @@
       <c r="K29" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L29" t="n" s="7">
         <v>4</v>
       </c>
       <c r="M29" t="n" s="2">
         <v>0.01428571</v>
       </c>
       <c r="N29" t="n" s="7">
         <v>19</v>
       </c>
       <c r="O29" t="n" s="2">
         <v>0.04822335</v>
       </c>
       <c r="P29" t="n" s="7">
         <v>3</v>
       </c>
       <c r="Q29" t="n" s="2">
         <v>0.00828729</v>
       </c>
       <c r="R29" t="n" s="7">
         <v>6</v>
       </c>
       <c r="S29" t="n" s="2">
-        <v>0.01904762</v>
+        <v>0.01898734</v>
       </c>
       <c r="T29" t="n" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="U29" t="n" s="2">
-        <v>0</v>
+        <v>0.02870813</v>
       </c>
       <c r="V29" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W29" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X29" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y29" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="30" customHeight="1">
       <c t="s" r="A30">
         <v>42</v>
       </c>
       <c r="B30" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C30" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D30" t="n" s="7">
@@ -2573,57 +2579,57 @@
       <c r="K30" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L30" t="n" s="7">
         <v>14</v>
       </c>
       <c r="M30" t="n" s="2">
         <v>0.05</v>
       </c>
       <c r="N30" t="n" s="7">
         <v>5</v>
       </c>
       <c r="O30" t="n" s="2">
         <v>0.01269036</v>
       </c>
       <c r="P30" t="n" s="7">
         <v>5</v>
       </c>
       <c r="Q30" t="n" s="2">
         <v>0.01381215</v>
       </c>
       <c r="R30" t="n" s="7">
         <v>17</v>
       </c>
       <c r="S30" t="n" s="2">
-        <v>0.05396825</v>
+        <v>0.05379747</v>
       </c>
       <c r="T30" t="n" s="7">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="U30" t="n" s="2">
-        <v>0</v>
+        <v>0.04784689</v>
       </c>
       <c r="V30" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W30" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X30" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y30" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="31" customHeight="1">
       <c t="s" r="A31">
         <v>43</v>
       </c>
       <c r="B31" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C31" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D31" t="n" s="7">
@@ -2650,51 +2656,51 @@
       <c r="K31" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L31" t="n" s="7">
         <v>3</v>
       </c>
       <c r="M31" t="n" s="2">
         <v>0.01071429</v>
       </c>
       <c r="N31" t="n" s="7">
         <v>15</v>
       </c>
       <c r="O31" t="n" s="2">
         <v>0.03807107</v>
       </c>
       <c r="P31" t="n" s="7">
         <v>6</v>
       </c>
       <c r="Q31" t="n" s="2">
         <v>0.01657459</v>
       </c>
       <c r="R31" t="n" s="7">
         <v>5</v>
       </c>
       <c r="S31" t="n" s="2">
-        <v>0.01587302</v>
+        <v>0.01582278</v>
       </c>
       <c r="T31" t="n" s="7">
         <v>0</v>
       </c>
       <c r="U31" t="n" s="2">
         <v>0</v>
       </c>
       <c r="V31" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W31" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X31" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y31" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="32" customHeight="1">
       <c t="s" r="A32">
         <v>44</v>
       </c>
       <c r="B32" t="n" s="7">
@@ -2727,57 +2733,57 @@
       <c r="K32" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L32" t="n" s="7">
         <v>11</v>
       </c>
       <c r="M32" t="n" s="2">
         <v>0.03928571</v>
       </c>
       <c r="N32" t="n" s="7">
         <v>3</v>
       </c>
       <c r="O32" t="n" s="2">
         <v>0.00761421</v>
       </c>
       <c r="P32" t="n" s="7">
         <v>17</v>
       </c>
       <c r="Q32" t="n" s="2">
         <v>0.04696133</v>
       </c>
       <c r="R32" t="n" s="7">
         <v>2</v>
       </c>
       <c r="S32" t="n" s="2">
-        <v>0.00634921</v>
+        <v>0.00632911</v>
       </c>
       <c r="T32" t="n" s="7">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="U32" t="n" s="2">
-        <v>0</v>
+        <v>0.00956938</v>
       </c>
       <c r="V32" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W32" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X32" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y32" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="33" customHeight="1">
       <c t="s" r="A33">
         <v>45</v>
       </c>
       <c r="B33" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C33" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D33" t="n" s="7">
@@ -2804,57 +2810,57 @@
       <c r="K33" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L33" t="n" s="7">
         <v>26</v>
       </c>
       <c r="M33" t="n" s="2">
         <v>0.09285714</v>
       </c>
       <c r="N33" t="n" s="7">
         <v>6</v>
       </c>
       <c r="O33" t="n" s="2">
         <v>0.01522843</v>
       </c>
       <c r="P33" t="n" s="7">
         <v>23</v>
       </c>
       <c r="Q33" t="n" s="2">
         <v>0.06353591</v>
       </c>
       <c r="R33" t="n" s="7">
         <v>1</v>
       </c>
       <c r="S33" t="n" s="2">
-        <v>0.0031746</v>
+        <v>0.00316456</v>
       </c>
       <c r="T33" t="n" s="7">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="U33" t="n" s="2">
-        <v>0</v>
+        <v>0.05741627</v>
       </c>
       <c r="V33" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W33" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X33" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y33" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="34" customHeight="1">
       <c t="s" r="A34">
         <v>46</v>
       </c>
       <c r="B34" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C34" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D34" t="n" s="7">
@@ -2881,57 +2887,57 @@
       <c r="K34" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L34" t="n" s="7">
         <v>7</v>
       </c>
       <c r="M34" t="n" s="2">
         <v>0.025</v>
       </c>
       <c r="N34" t="n" s="7">
         <v>5</v>
       </c>
       <c r="O34" t="n" s="2">
         <v>0.01269036</v>
       </c>
       <c r="P34" t="n" s="7">
         <v>17</v>
       </c>
       <c r="Q34" t="n" s="2">
         <v>0.04696133</v>
       </c>
       <c r="R34" t="n" s="7">
         <v>1</v>
       </c>
       <c r="S34" t="n" s="2">
-        <v>0.0031746</v>
+        <v>0.00316456</v>
       </c>
       <c r="T34" t="n" s="7">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="U34" t="n" s="2">
-        <v>0</v>
+        <v>0.02870813</v>
       </c>
       <c r="V34" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W34" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X34" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y34" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="35" customHeight="1">
       <c t="s" r="A35">
         <v>47</v>
       </c>
       <c r="B35" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C35" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D35" t="n" s="7">
@@ -2958,57 +2964,57 @@
       <c r="K35" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L35" t="n" s="7">
         <v>13</v>
       </c>
       <c r="M35" t="n" s="2">
         <v>0.04642857</v>
       </c>
       <c r="N35" t="n" s="7">
         <v>7</v>
       </c>
       <c r="O35" t="n" s="2">
         <v>0.0177665</v>
       </c>
       <c r="P35" t="n" s="7">
         <v>13</v>
       </c>
       <c r="Q35" t="n" s="2">
         <v>0.0359116</v>
       </c>
       <c r="R35" t="n" s="7">
         <v>16</v>
       </c>
       <c r="S35" t="n" s="2">
-        <v>0.05079365</v>
+        <v>0.05063291</v>
       </c>
       <c r="T35" t="n" s="7">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="U35" t="n" s="2">
-        <v>0</v>
+        <v>0.01913876</v>
       </c>
       <c r="V35" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W35" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X35" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y35" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="36" customHeight="1">
       <c t="s" r="A36">
         <v>48</v>
       </c>
       <c r="B36" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C36" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D36" t="n" s="7">
@@ -3035,57 +3041,57 @@
       <c r="K36" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L36" t="n" s="7">
         <v>9</v>
       </c>
       <c r="M36" t="n" s="2">
         <v>0.03214286</v>
       </c>
       <c r="N36" t="n" s="7">
         <v>10</v>
       </c>
       <c r="O36" t="n" s="2">
         <v>0.02538071</v>
       </c>
       <c r="P36" t="n" s="7">
         <v>5</v>
       </c>
       <c r="Q36" t="n" s="2">
         <v>0.01381215</v>
       </c>
       <c r="R36" t="n" s="7">
         <v>13</v>
       </c>
       <c r="S36" t="n" s="2">
-        <v>0.04126984</v>
+        <v>0.04113924</v>
       </c>
       <c r="T36" t="n" s="7">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="U36" t="n" s="2">
-        <v>0</v>
+        <v>0.01913876</v>
       </c>
       <c r="V36" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W36" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X36" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y36" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="37" customHeight="1">
       <c t="s" r="A37">
         <v>49</v>
       </c>
       <c r="B37" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C37" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D37" t="n" s="7">
@@ -3115,54 +3121,54 @@
       <c r="L37" t="n" s="7">
         <v>0</v>
       </c>
       <c r="M37" t="n" s="2">
         <v>0</v>
       </c>
       <c r="N37" t="n" s="7">
         <v>6</v>
       </c>
       <c r="O37" t="n" s="2">
         <v>0.01522843</v>
       </c>
       <c r="P37" t="n" s="7">
         <v>1</v>
       </c>
       <c r="Q37" t="n" s="2">
         <v>0.00276243</v>
       </c>
       <c r="R37" t="n" s="7">
         <v>0</v>
       </c>
       <c r="S37" t="n" s="2">
         <v>0</v>
       </c>
       <c r="T37" t="n" s="7">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="U37" t="n" s="2">
-        <v>0</v>
+        <v>0.00956938</v>
       </c>
       <c r="V37" t="n" s="7">
         <v>0</v>
       </c>
       <c r="W37" t="n" s="2">
         <v>0</v>
       </c>
       <c r="X37" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y37" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="38" customHeight="1">
       <c t="s" r="A38" s="1">
         <v>50</v>
       </c>
       <c r="B38" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C38" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D38" t="n" s="7">
@@ -3186,805 +3192,805 @@
       <c r="J38" t="n" s="7">
         <v>0</v>
       </c>
       <c r="K38" t="n" s="2">
         <v>0</v>
       </c>
       <c r="L38" t="n" s="7">
         <v>280</v>
       </c>
       <c r="M38" t="n" s="2">
         <v>1</v>
       </c>
       <c r="N38" t="n" s="7">
         <v>394</v>
       </c>
       <c r="O38" t="n" s="2">
         <v>1</v>
       </c>
       <c r="P38" t="n" s="7">
         <v>362</v>
       </c>
       <c r="Q38" t="n" s="2">
         <v>1</v>
       </c>
       <c r="R38" t="n" s="7">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="S38" t="n" s="2">
         <v>1</v>
       </c>
       <c r="T38" t="n" s="7">
-        <v>142</v>
+        <v>209</v>
       </c>
       <c r="U38" t="n" s="2">
         <v>1</v>
       </c>
       <c r="V38" t="n" s="7">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="W38" t="n" s="2">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="X38" t="n" s="7">
         <v>0</v>
       </c>
       <c r="Y38" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="40" customHeight="1">
       <c t="s" r="A40" s="1">
         <v>51</v>
       </c>
     </row>
     <row r="41" customHeight="1">
       <c t="s" r="B41" s="1">
         <v>52</v>
       </c>
       <c t="s" r="D41" s="1">
         <v>53</v>
       </c>
       <c t="s" r="F41" s="1">
         <v>54</v>
       </c>
     </row>
     <row r="42" customHeight="1">
       <c t="s" r="B42">
         <v>17</v>
       </c>
       <c t="s" r="C42">
         <v>18</v>
       </c>
       <c t="s" r="D42">
         <v>17</v>
       </c>
       <c t="s" r="E42">
         <v>18</v>
       </c>
       <c t="s" r="F42">
         <v>17</v>
       </c>
       <c t="s" r="G42">
         <v>18</v>
       </c>
     </row>
     <row r="43" customHeight="1">
       <c t="s" r="A43">
         <v>55</v>
       </c>
       <c r="B43" t="n" s="7">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="C43" t="n" s="2">
-        <v>0.06739346</v>
+        <v>0.07249071</v>
       </c>
       <c r="D43" t="n" s="7">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="E43" t="n" s="2">
-        <v>0.08057851</v>
+        <v>0.08743169</v>
       </c>
       <c r="F43" t="n" s="7">
-        <v>107</v>
+        <v>126</v>
       </c>
       <c r="G43" t="n" s="2">
-        <v>0.07166778</v>
+        <v>0.07753846</v>
       </c>
     </row>
     <row r="44" customHeight="1">
       <c t="s" r="A44">
         <v>56</v>
       </c>
       <c r="B44" t="n" s="7">
         <v>22</v>
       </c>
       <c r="C44" t="n" s="2">
-        <v>0.02180377</v>
+        <v>0.0204461</v>
       </c>
       <c r="D44" t="n" s="7">
         <v>10</v>
       </c>
       <c r="E44" t="n" s="2">
-        <v>0.02066116</v>
+        <v>0.01821494</v>
       </c>
       <c r="F44" t="n" s="7">
         <v>32</v>
       </c>
       <c r="G44" t="n" s="2">
-        <v>0.02143336</v>
+        <v>0.01969231</v>
       </c>
     </row>
     <row r="45" customHeight="1">
       <c t="s" r="A45">
         <v>57</v>
       </c>
       <c r="B45" t="n" s="7">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C45" t="n" s="2">
-        <v>0.0753221</v>
+        <v>0.07156134</v>
       </c>
       <c r="D45" t="n" s="7">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="E45" t="n" s="2">
-        <v>0.09917355</v>
+        <v>0.09836066</v>
       </c>
       <c r="F45" t="n" s="7">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="G45" t="n" s="2">
-        <v>0.08305425</v>
+        <v>0.08061538</v>
       </c>
     </row>
     <row r="46" customHeight="1">
       <c t="s" r="A46">
         <v>58</v>
       </c>
       <c r="B46" t="n" s="7">
         <v>33</v>
       </c>
       <c r="C46" t="n" s="2">
-        <v>0.03270565</v>
+        <v>0.03066914</v>
       </c>
       <c r="D46" t="n" s="7">
         <v>9</v>
       </c>
       <c r="E46" t="n" s="2">
-        <v>0.01859504</v>
+        <v>0.01639344</v>
       </c>
       <c r="F46" t="n" s="7">
         <v>42</v>
       </c>
       <c r="G46" t="n" s="2">
-        <v>0.02813128</v>
+        <v>0.02584615</v>
       </c>
     </row>
     <row r="47" customHeight="1">
       <c t="s" r="A47">
         <v>59</v>
       </c>
       <c r="B47" t="n" s="7">
         <v>26</v>
       </c>
       <c r="C47" t="n" s="2">
-        <v>0.02576809</v>
+        <v>0.02416357</v>
       </c>
       <c r="D47" t="n" s="7">
         <v>25</v>
       </c>
       <c r="E47" t="n" s="2">
-        <v>0.05165289</v>
+        <v>0.04553734</v>
       </c>
       <c r="F47" t="n" s="7">
         <v>51</v>
       </c>
       <c r="G47" t="n" s="2">
-        <v>0.03415941</v>
+        <v>0.03138462</v>
       </c>
     </row>
     <row r="48" customHeight="1">
       <c t="s" r="A48">
         <v>60</v>
       </c>
       <c r="B48" t="n" s="7">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C48" t="n" s="2">
-        <v>0.11496531</v>
+        <v>0.10873606</v>
       </c>
       <c r="D48" t="n" s="7">
         <v>59</v>
       </c>
       <c r="E48" t="n" s="2">
-        <v>0.12190083</v>
+        <v>0.10746812</v>
       </c>
       <c r="F48" t="n" s="7">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G48" t="n" s="2">
-        <v>0.11721366</v>
+        <v>0.10830769</v>
       </c>
     </row>
     <row r="49" customHeight="1">
       <c t="s" r="A49">
         <v>61</v>
       </c>
       <c r="B49" t="n" s="7">
         <v>33</v>
       </c>
       <c r="C49" t="n" s="2">
-        <v>0.03270565</v>
+        <v>0.03066914</v>
       </c>
       <c r="D49" t="n" s="7">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E49" t="n" s="2">
-        <v>0.13636364</v>
+        <v>0.12204007</v>
       </c>
       <c r="F49" t="n" s="7">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G49" t="n" s="2">
-        <v>0.06630944</v>
+        <v>0.06153846</v>
       </c>
     </row>
     <row r="50" customHeight="1">
       <c t="s" r="A50">
         <v>62</v>
       </c>
       <c r="B50" t="n" s="7">
         <v>5</v>
       </c>
       <c r="C50" t="n" s="2">
-        <v>0.0049554</v>
+        <v>0.00464684</v>
       </c>
       <c r="D50" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E50" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F50" t="n" s="7">
         <v>5</v>
       </c>
       <c r="G50" t="n" s="2">
-        <v>0.00334896</v>
+        <v>0.00307692</v>
       </c>
     </row>
     <row r="51" customHeight="1">
       <c t="s" r="A51">
         <v>63</v>
       </c>
       <c r="B51" t="n" s="7">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C51" t="n" s="2">
-        <v>0.1407334</v>
+        <v>0.13847584</v>
       </c>
       <c r="D51" t="n" s="7">
         <v>41</v>
       </c>
       <c r="E51" t="n" s="2">
-        <v>0.08471074</v>
+        <v>0.07468124</v>
       </c>
       <c r="F51" t="n" s="7">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="G51" t="n" s="2">
-        <v>0.122572</v>
+        <v>0.11692308</v>
       </c>
     </row>
     <row r="52" customHeight="1">
       <c t="s" r="A52">
         <v>64</v>
       </c>
       <c r="B52" t="n" s="7">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C52" t="n" s="2">
-        <v>0.02576809</v>
+        <v>0.0260223</v>
       </c>
       <c r="D52" t="n" s="7">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E52" t="n" s="2">
-        <v>0.02066116</v>
+        <v>0.02185792</v>
       </c>
       <c r="F52" t="n" s="7">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="G52" t="n" s="2">
-        <v>0.02411253</v>
+        <v>0.02461538</v>
       </c>
     </row>
     <row r="53" customHeight="1">
       <c t="s" r="A53">
         <v>65</v>
       </c>
       <c r="B53" t="n" s="7">
         <v>9</v>
       </c>
       <c r="C53" t="n" s="2">
-        <v>0.00891972</v>
+        <v>0.00836431</v>
       </c>
       <c r="D53" t="n" s="7">
         <v>13</v>
       </c>
       <c r="E53" t="n" s="2">
-        <v>0.0268595</v>
+        <v>0.02367942</v>
       </c>
       <c r="F53" t="n" s="7">
         <v>22</v>
       </c>
       <c r="G53" t="n" s="2">
-        <v>0.01473543</v>
+        <v>0.01353846</v>
       </c>
     </row>
     <row r="54" customHeight="1">
       <c t="s" r="A54">
         <v>66</v>
       </c>
       <c r="B54" t="n" s="7">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="C54" t="n" s="2">
-        <v>0.02675917</v>
+        <v>0.04553903</v>
       </c>
       <c r="D54" t="n" s="7">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="E54" t="n" s="2">
-        <v>0</v>
+        <v>0.01821494</v>
       </c>
       <c r="F54" t="n" s="7">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="G54" t="n" s="2">
-        <v>0.01808439</v>
+        <v>0.03630769</v>
       </c>
     </row>
     <row r="55" customHeight="1">
       <c t="s" r="A55">
         <v>67</v>
       </c>
       <c r="B55" t="n" s="7">
         <v>26</v>
       </c>
       <c r="C55" t="n" s="2">
-        <v>0.02576809</v>
+        <v>0.02416357</v>
       </c>
       <c r="D55" t="n" s="7">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="E55" t="n" s="2">
-        <v>0</v>
+        <v>0.01457195</v>
       </c>
       <c r="F55" t="n" s="7">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="G55" t="n" s="2">
-        <v>0.0174146</v>
+        <v>0.02092308</v>
       </c>
     </row>
     <row r="56" customHeight="1">
       <c t="s" r="A56">
         <v>68</v>
       </c>
       <c r="B56" t="n" s="7">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="C56" t="n" s="2">
-        <v>0.18334985</v>
+        <v>0.17750929</v>
       </c>
       <c r="D56" t="n" s="7">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="E56" t="n" s="2">
-        <v>0.10330579</v>
+        <v>0.09653916</v>
       </c>
       <c r="F56" t="n" s="7">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="G56" t="n" s="2">
-        <v>0.15740121</v>
+        <v>0.15015385</v>
       </c>
     </row>
     <row r="57" customHeight="1">
       <c t="s" r="A57">
         <v>69</v>
       </c>
       <c r="B57" t="n" s="7">
         <v>20</v>
       </c>
       <c r="C57" t="n" s="2">
-        <v>0.01982161</v>
+        <v>0.01858736</v>
       </c>
       <c r="D57" t="n" s="7">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E57" t="n" s="2">
-        <v>0.03099174</v>
+        <v>0.03096539</v>
       </c>
       <c r="F57" t="n" s="7">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G57" t="n" s="2">
-        <v>0.02344273</v>
+        <v>0.02276923</v>
       </c>
     </row>
     <row r="58" customHeight="1">
       <c t="s" r="A58">
         <v>70</v>
       </c>
       <c r="B58" t="n" s="7">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C58" t="n" s="2">
-        <v>0.01189296</v>
+        <v>0.01486989</v>
       </c>
       <c r="D58" t="n" s="7">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="E58" t="n" s="2">
-        <v>0</v>
+        <v>0.02367942</v>
       </c>
       <c r="F58" t="n" s="7">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="G58" t="n" s="2">
-        <v>0.00803751</v>
+        <v>0.01784615</v>
       </c>
     </row>
     <row r="59" customHeight="1">
       <c t="s" r="A59">
         <v>71</v>
       </c>
       <c r="B59" t="n" s="7">
         <v>53</v>
       </c>
       <c r="C59" t="n" s="2">
-        <v>0.05252725</v>
+        <v>0.04925651</v>
       </c>
       <c r="D59" t="n" s="7">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E59" t="n" s="2">
-        <v>0.01652893</v>
+        <v>0.03460838</v>
       </c>
       <c r="F59" t="n" s="7">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="G59" t="n" s="2">
-        <v>0.04085733</v>
+        <v>0.04430769</v>
       </c>
     </row>
     <row r="60" customHeight="1">
       <c t="s" r="A60">
         <v>72</v>
       </c>
       <c r="B60" t="n" s="7">
         <v>29</v>
       </c>
       <c r="C60" t="n" s="2">
-        <v>0.02874133</v>
+        <v>0.02695167</v>
       </c>
       <c r="D60" t="n" s="7">
         <v>47</v>
       </c>
       <c r="E60" t="n" s="2">
-        <v>0.09710744</v>
+        <v>0.0856102</v>
       </c>
       <c r="F60" t="n" s="7">
         <v>76</v>
       </c>
       <c r="G60" t="n" s="2">
-        <v>0.05090422</v>
+        <v>0.04676923</v>
       </c>
     </row>
     <row r="61" customHeight="1">
       <c t="s" r="A61">
         <v>73</v>
       </c>
       <c r="B61" t="n" s="7">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="C61" t="n" s="2">
-        <v>0.10009911</v>
+        <v>0.10687732</v>
       </c>
       <c r="D61" t="n" s="7">
         <v>44</v>
       </c>
       <c r="E61" t="n" s="2">
-        <v>0.09090909</v>
+        <v>0.08014572</v>
       </c>
       <c r="F61" t="n" s="7">
-        <v>145</v>
+        <v>159</v>
       </c>
       <c r="G61" t="n" s="2">
-        <v>0.09711989</v>
+        <v>0.09784615</v>
       </c>
     </row>
     <row r="62" customHeight="1">
       <c t="s" r="A62">
         <v>74</v>
       </c>
       <c r="B62" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C62" t="n" s="2">
         <v>0</v>
       </c>
       <c r="D62" t="n" s="7">
         <v>0</v>
       </c>
       <c r="E62" t="n" s="2">
         <v>0</v>
       </c>
       <c r="F62" t="n" s="7">
         <v>0</v>
       </c>
       <c r="G62" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="63" customHeight="1">
       <c t="s" r="A63" s="1">
         <v>50</v>
       </c>
       <c r="B63" t="n" s="7">
-        <v>1009</v>
+        <v>1076</v>
       </c>
       <c r="C63" t="n" s="2">
         <v>1</v>
       </c>
       <c r="D63" t="n" s="7">
-        <v>484</v>
+        <v>549</v>
       </c>
       <c r="E63" t="n" s="2">
         <v>1</v>
       </c>
       <c r="F63" t="n" s="7">
-        <v>1493</v>
+        <v>1625</v>
       </c>
       <c r="G63" t="n" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="65" customHeight="1">
       <c t="s" r="A65" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="66" customHeight="1">
       <c t="s" r="B66" s="1">
         <v>52</v>
       </c>
       <c t="s" r="D66" s="1">
         <v>53</v>
       </c>
       <c t="s" r="F66" s="1">
         <v>54</v>
       </c>
     </row>
     <row r="67" customHeight="1">
       <c t="s" r="B67">
         <v>17</v>
       </c>
       <c t="s" r="C67">
         <v>18</v>
       </c>
       <c t="s" r="D67">
         <v>17</v>
       </c>
       <c t="s" r="E67">
         <v>18</v>
       </c>
       <c t="s" r="F67">
         <v>17</v>
       </c>
       <c t="s" r="G67">
         <v>18</v>
       </c>
     </row>
     <row r="68" customHeight="1">
       <c t="s" r="A68">
         <v>76</v>
       </c>
       <c r="B68" t="n" s="7">
         <v>57</v>
       </c>
       <c r="C68" t="n" s="2">
-        <v>0.05649158</v>
+        <v>0.05297398</v>
       </c>
       <c r="D68" t="n" s="7">
         <v>1</v>
       </c>
       <c r="E68" t="n" s="2">
-        <v>0.00206612</v>
+        <v>0.00182149</v>
       </c>
       <c r="F68" t="n" s="7">
         <v>58</v>
       </c>
       <c r="G68" t="n" s="2">
-        <v>0.03884796</v>
+        <v>0.03569231</v>
       </c>
     </row>
     <row r="69" customHeight="1">
       <c t="s" r="A69">
         <v>77</v>
       </c>
       <c r="B69" t="n" s="7">
-        <v>287</v>
+        <v>346</v>
       </c>
       <c r="C69" t="n" s="2">
-        <v>0.28444004</v>
+        <v>0.32156134</v>
       </c>
       <c r="D69" t="n" s="7">
         <v>135</v>
       </c>
       <c r="E69" t="n" s="2">
-        <v>0.27892562</v>
+        <v>0.24590164</v>
       </c>
       <c r="F69" t="n" s="7">
-        <v>422</v>
+        <v>481</v>
       </c>
       <c r="G69" t="n" s="2">
-        <v>0.28265238</v>
+        <v>0.296</v>
       </c>
     </row>
     <row r="70" customHeight="1">
       <c t="s" r="A70">
         <v>78</v>
       </c>
       <c r="B70" t="n" s="7">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C70" t="n" s="2">
-        <v>0.12388503</v>
+        <v>0.11802974</v>
       </c>
       <c r="D70" t="n" s="7">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E70" t="n" s="2">
-        <v>0.13016529</v>
+        <v>0.11657559</v>
       </c>
       <c r="F70" t="n" s="7">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="G70" t="n" s="2">
-        <v>0.12592096</v>
+        <v>0.11753846</v>
       </c>
     </row>
     <row r="71" customHeight="1">
       <c t="s" r="A71">
         <v>79</v>
       </c>
       <c r="B71" t="n" s="7">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="C71" t="n" s="2">
-        <v>0.4975223</v>
+        <v>0.47211896</v>
       </c>
       <c r="D71" t="n" s="7">
-        <v>285</v>
+        <v>329</v>
       </c>
       <c r="E71" t="n" s="2">
-        <v>0.58884298</v>
+        <v>0.5992714</v>
       </c>
       <c r="F71" t="n" s="7">
-        <v>787</v>
+        <v>837</v>
       </c>
       <c r="G71" t="n" s="2">
-        <v>0.52712659</v>
+        <v>0.51507692</v>
       </c>
     </row>
     <row r="72" customHeight="1">
       <c t="s" r="A72">
         <v>80</v>
       </c>
       <c r="B72" t="n" s="7">
         <v>38</v>
       </c>
       <c r="C72" t="n" s="2">
-        <v>0.03766105</v>
+        <v>0.03531599</v>
       </c>
       <c r="D72" t="n" s="7">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="E72" t="n" s="2">
-        <v>0</v>
+        <v>0.03642987</v>
       </c>
       <c r="F72" t="n" s="7">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G72" t="n" s="2">
-        <v>0.02545211</v>
+        <v>0.03569231</v>
       </c>
     </row>
     <row r="73" customHeight="1">
       <c t="s" r="A73" s="1">
         <v>50</v>
       </c>
       <c r="B73" t="n" s="7">
-        <v>1009</v>
+        <v>1076</v>
       </c>
       <c r="C73" t="n" s="2">
         <v>1</v>
       </c>
       <c r="D73" t="n" s="7">
-        <v>484</v>
+        <v>549</v>
       </c>
       <c r="E73" t="n" s="2">
         <v>1</v>
       </c>
       <c r="F73" t="n" s="7">
-        <v>1493</v>
+        <v>1625</v>
       </c>
       <c r="G73" t="n" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="75" customHeight="1">
       <c t="s" r="A75" s="1">
         <v>81</v>
       </c>
     </row>
     <row r="76" customHeight="1">
       <c t="s" r="B76" s="1">
         <v>53</v>
       </c>
     </row>
     <row r="77" customHeight="1">
       <c t="s" r="B77">
         <v>17</v>
       </c>
       <c t="s" r="C77">
         <v>18</v>
       </c>
     </row>
     <row r="78" customHeight="1">
       <c t="s" r="A78">
         <v>82</v>
       </c>
       <c r="B78" t="n" s="7">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="C78" t="n" s="2">
-        <v>0</v>
+        <v>0.07826087</v>
       </c>
     </row>
     <row r="79" customHeight="1">
       <c t="s" r="A79">
         <v>83</v>
       </c>
       <c r="B79" t="n" s="7">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C79" t="n" s="2">
-        <v>0</v>
+        <v>0.09565217</v>
       </c>
     </row>
     <row r="80" customHeight="1">
       <c t="s" r="A80">
         <v>84</v>
       </c>
       <c r="B80" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C80" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="81" customHeight="1">
       <c t="s" r="A81">
         <v>85</v>
       </c>
       <c r="B81" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C81" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="82" customHeight="1">
@@ -4127,95 +4133,95 @@
         <v>0</v>
       </c>
       <c r="C94" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="95" customHeight="1">
       <c t="s" r="A95">
         <v>99</v>
       </c>
       <c r="B95" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C95" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="96" customHeight="1">
       <c t="s" r="A96">
         <v>100</v>
       </c>
       <c r="B96" t="n" s="7">
         <v>7</v>
       </c>
       <c r="C96" t="n" s="2">
-        <v>0.1372549</v>
+        <v>0.06086957</v>
       </c>
     </row>
     <row r="97" customHeight="1">
       <c t="s" r="A97">
         <v>101</v>
       </c>
       <c r="B97" t="n" s="7">
         <v>1</v>
       </c>
       <c r="C97" t="n" s="2">
-        <v>0.01960784</v>
+        <v>0.00869565</v>
       </c>
     </row>
     <row r="98" customHeight="1">
       <c t="s" r="A98">
         <v>102</v>
       </c>
       <c r="B98" t="n" s="7">
         <v>3</v>
       </c>
       <c r="C98" t="n" s="2">
-        <v>0.05882353</v>
+        <v>0.02608696</v>
       </c>
     </row>
     <row r="99" customHeight="1">
       <c t="s" r="A99">
         <v>103</v>
       </c>
       <c r="B99" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C99" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="100" customHeight="1">
       <c t="s" r="A100">
         <v>104</v>
       </c>
       <c r="B100" t="n" s="7">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C100" t="n" s="2">
-        <v>0.17647059</v>
+        <v>0.09565217</v>
       </c>
     </row>
     <row r="101" customHeight="1">
       <c t="s" r="A101">
         <v>105</v>
       </c>
       <c r="B101" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C101" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="102" customHeight="1">
       <c t="s" r="A102">
         <v>106</v>
       </c>
       <c r="B102" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C102" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="103" customHeight="1">
@@ -4223,142 +4229,142 @@
         <v>107</v>
       </c>
       <c r="B103" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C103" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="104" customHeight="1">
       <c t="s" r="A104">
         <v>108</v>
       </c>
       <c r="B104" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C104" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="105" customHeight="1">
       <c t="s" r="A105">
         <v>109</v>
       </c>
       <c r="B105" t="n" s="7">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C105" t="n" s="2">
-        <v>0.39215686</v>
+        <v>0.1826087</v>
       </c>
     </row>
     <row r="106" customHeight="1">
       <c t="s" r="A106">
         <v>110</v>
       </c>
       <c r="B106" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C106" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="107" customHeight="1">
       <c t="s" r="A107">
         <v>111</v>
       </c>
       <c r="B107" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C107" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="108" customHeight="1">
       <c t="s" r="A108">
         <v>112</v>
       </c>
       <c r="B108" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C108" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="109" customHeight="1">
       <c t="s" r="A109">
         <v>113</v>
       </c>
       <c r="B109" t="n" s="7">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="C109" t="n" s="2">
-        <v>0</v>
+        <v>0.06956522</v>
       </c>
     </row>
     <row r="110" customHeight="1">
       <c t="s" r="A110">
         <v>114</v>
       </c>
       <c r="B110" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C110" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="111" customHeight="1">
       <c t="s" r="A111">
         <v>115</v>
       </c>
       <c r="B111" t="n" s="7">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="C111" t="n" s="2">
-        <v>0</v>
+        <v>0.11304348</v>
       </c>
     </row>
     <row r="112" customHeight="1">
       <c t="s" r="A112">
         <v>116</v>
       </c>
       <c r="B112" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C112" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="113" customHeight="1">
       <c t="s" r="A113">
         <v>117</v>
       </c>
       <c r="B113" t="n" s="7">
         <v>1</v>
       </c>
       <c r="C113" t="n" s="2">
-        <v>0.01960784</v>
+        <v>0.00869565</v>
       </c>
     </row>
     <row r="114" customHeight="1">
       <c t="s" r="A114">
         <v>118</v>
       </c>
       <c r="B114" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C114" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="115" customHeight="1">
       <c t="s" r="A115">
         <v>119</v>
       </c>
       <c r="B115" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C115" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="116" customHeight="1">
@@ -4366,109 +4372,109 @@
         <v>120</v>
       </c>
       <c r="B116" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C116" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="117" customHeight="1">
       <c t="s" r="A117">
         <v>121</v>
       </c>
       <c r="B117" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C117" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="118" customHeight="1">
       <c t="s" r="A118">
         <v>122</v>
       </c>
       <c r="B118" t="n" s="7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C118" t="n" s="2">
-        <v>0.07843137</v>
+        <v>0.04347826</v>
       </c>
     </row>
     <row r="119" customHeight="1">
       <c t="s" r="A119">
         <v>123</v>
       </c>
       <c r="B119" t="n" s="7">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C119" t="n" s="2">
-        <v>0.11764706</v>
+        <v>0.06086957</v>
       </c>
     </row>
     <row r="120" customHeight="1">
       <c t="s" r="A120">
         <v>124</v>
       </c>
       <c r="B120" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C120" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="121" customHeight="1">
       <c t="s" r="A121">
         <v>125</v>
       </c>
       <c r="B121" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C121" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="122" customHeight="1">
       <c t="s" r="A122">
         <v>126</v>
       </c>
       <c r="B122" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C122" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="123" customHeight="1">
       <c t="s" r="A123">
         <v>127</v>
       </c>
       <c r="B123" t="n" s="7">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="C123" t="n" s="2">
-        <v>0</v>
+        <v>0.08695652</v>
       </c>
     </row>
     <row r="124" customHeight="1">
       <c t="s" r="A124">
         <v>128</v>
       </c>
       <c r="B124" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C124" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="125" customHeight="1">
       <c t="s" r="A125">
         <v>129</v>
       </c>
       <c r="B125" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C125" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="126" customHeight="1">
@@ -4520,54 +4526,54 @@
         <v>134</v>
       </c>
       <c r="B130" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C130" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="131" customHeight="1">
       <c t="s" r="A131">
         <v>135</v>
       </c>
       <c r="B131" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C131" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="132" customHeight="1">
       <c t="s" r="A132">
         <v>136</v>
       </c>
       <c r="B132" t="n" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C132" t="n" s="2">
-        <v>0</v>
+        <v>0.00869565</v>
       </c>
     </row>
     <row r="133" customHeight="1">
       <c t="s" r="A133">
         <v>137</v>
       </c>
       <c r="B133" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C133" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="134" customHeight="1">
       <c t="s" r="A134">
         <v>138</v>
       </c>
       <c r="B134" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C134" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="135" customHeight="1">
@@ -4586,90 +4592,112 @@
         <v>140</v>
       </c>
       <c r="B136" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C136" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="137" customHeight="1">
       <c t="s" r="A137">
         <v>141</v>
       </c>
       <c r="B137" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C137" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="138" customHeight="1">
       <c t="s" r="A138">
         <v>142</v>
       </c>
       <c r="B138" t="n" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C138" t="n" s="2">
-        <v>0</v>
+        <v>0.00869565</v>
       </c>
     </row>
     <row r="139" customHeight="1">
       <c t="s" r="A139">
         <v>143</v>
       </c>
       <c r="B139" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C139" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="140" customHeight="1">
       <c t="s" r="A140">
         <v>144</v>
       </c>
       <c r="B140" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C140" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="141" customHeight="1">
       <c t="s" r="A141">
         <v>145</v>
       </c>
       <c r="B141" t="n" s="7">
         <v>0</v>
       </c>
       <c r="C141" t="n" s="2">
         <v>0</v>
       </c>
     </row>
     <row r="142" customHeight="1">
-      <c t="s" r="A142" s="1">
+      <c t="s" r="A142">
+        <v>146</v>
+      </c>
+      <c r="B142" t="n" s="7">
+        <v>5</v>
+      </c>
+      <c r="C142" t="n" s="2">
+        <v>0.04347826</v>
+      </c>
+    </row>
+    <row r="143" customHeight="1">
+      <c t="s" r="A143">
+        <v>147</v>
+      </c>
+      <c r="B143" t="n" s="7">
+        <v>1</v>
+      </c>
+      <c r="C143" t="n" s="2">
+        <v>0.00869565</v>
+      </c>
+    </row>
+    <row r="144" customHeight="1">
+      <c t="s" r="A144" s="1">
         <v>50</v>
       </c>
-      <c r="B142" t="n" s="7">
-[...2 lines deleted...]
-      <c r="C142" t="n" s="2">
+      <c r="B144" t="n" s="7">
+        <v>115</v>
+      </c>
+      <c r="C144" t="n" s="2">
         <v>1</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>